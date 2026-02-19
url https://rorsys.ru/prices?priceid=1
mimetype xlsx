--- v0 (2025-12-07)
+++ v1 (2026-02-19)
@@ -338,51 +338,51 @@
   <si>
     <t>28 000</t>
   </si>
   <si>
     <t>FLAT-60m</t>
   </si>
   <si>
     <t>Устройство для организации небольших систем музыкального вещания. Медиаплеер с цветным экраном и кнопками управления. Источник сигнала: разъёмы USB и SD-card, Bluetooth 5.0, FM-тюнер. Один канал, мощность на выходе 60 Вт. Применяется в трансляционных (напряжение 70/100В) и низкоомных (импеданс 4-16 Ом) линиях. Частотный диапазон 80-20 000 Гц. Пять аудиовходов: 2 линейных (стереопара и ) и 3 микрофонных (Jack 6,35мм, приоритет у №1). Аудиовыходы: 2 линейных (основной и дублирующий) для внешних устройств и винтовые зажимы для акустики. Независимая регулировка громкости для каждого входа. Темброблок на 2 полосы, НЧ и ВЧ. 3 реле блокировки звука и генераторы сигналов Гонг, Сирена. Разъём телефонная сеть. Защита от перегрева, КЗ и перегрузки на выходе. Активное охлаждение. Габариты 485х44х280 мм (1U), вес 9 кг. Монтаж настольный или в стойку. AC 220В.</t>
   </si>
   <si>
     <t>KID-80Tm</t>
   </si>
   <si>
     <t>Устройство для организации небольших систем музыкального вещания. Медиаплеер с цветным экраном и кнопками управления. Источник сигнала: разъём USB, Bluetooth 5.0, FM-тюнер. Один канал, мощность на выходе 80 Вт. Применяется в трансляционных (напряжение 70/100В) и низкоомных (импеданс 4-16 Ом) линиях. Частотный диапазон 80-20 000 Гц. Три аудиовхода: 2 линейных (стереопара) и 1 микрофонный (Jack 6,35мм, приоритет). Аудиовыходы: линейный для внешних устройств и винтовые зажимы для акустики. Темброблок на 2 полосы, НЧ и ВЧ. 2 реле блокировки звука. Защита от перегрева, КЗ и перегрузки на выходе. Активное охлаждение. Габариты 252х66х230 мм (1,5U), вес 6 кг. Монтаж настольный или в стойку (нужен установочный комплект). AC 220В. Пульт ДУ.</t>
   </si>
   <si>
     <t>22 000</t>
   </si>
   <si>
     <t>AM-160U</t>
   </si>
   <si>
     <t>Устройство класса D для организации небольших систем музыкального вещания. Медиаплеер с цветным экраном и кнопками управления. Источник сигнала: разъём USB, Bluetooth 5.0, FM-тюнер. Один канал, мощность на выходе 60 Вт. Применяется в трансляционных (напряжение 70/100В) и низкоомных (импеданс 4-16 Ом) линиях. Частотный диапазон 80-20 000 Гц. Три аудиовхода: 2 линейных (2х 2RCA) и 1 микрофонный (XLR/Jack 6,35мм) с подключаемым приоритетом и фантомным питанием. Аудиовыходы: линейный Pre Out для внешних устройств и Euroblock акустики. Независимые регуляторы громкости для каждого входа и двухполосный эквалайзер (НЧ+ВЧ). Разъем "сухой контакт" для принудительного отключения звука, DIP-переключатель блокировки плеера. Защита от перегрева, КЗ и перегрузки на выходе. Габариты 210х44х220 мм (1U), вес 3.5 кг. Монтаж настольный или в рэковую стойку. Питание - основное от сети AC 220В с возможностью подключить резервное DC 24В/5А. Пульт ДУ.</t>
   </si>
   <si>
-    <t>13 000</t>
+    <t>15 051</t>
   </si>
   <si>
     <t>Зональные усилители</t>
   </si>
   <si>
     <t>KID-120Dz</t>
   </si>
   <si>
     <t>Устройство для организации систем музыкального вещания на 2 зоны. Медиаплеер с цветным экраном и кнопками управления. Источник сигнала: слоты USB и SD-card, Bluetooth 5.0, FM-тюнер. Две зоны, один канал, мощность 120 Вт. Применяется в трансляционных (напряжение 70/100В) и низкоомных (импеданс 4-16 Ом) линиях. Частотный диапазон 80-20 000 Гц. Четыре аудиовхода: 2 линейных (моносумма) и 2 микрофонных (Jack 6,35мм, приоритет у №1). Аудиовыходы: линейный для внешних устройств и винтовые зажимы для акустики. Темброблок на 2 полосы, НЧ и ВЧ. Защита от перегрева, КЗ и перегрузки на выходе. Активное охлаждение. Габариты 240х88х220 мм (2U), вес 13 кг. Монтаж настольный или в стойку (нужен установочный комплект). AC 220В. Пульт ДУ.</t>
   </si>
   <si>
     <t>AM-6120</t>
   </si>
   <si>
     <t>Устройство для организации разветвлённых систем музыкального вещания на 6 зон. Медиаплеер с цветным экраном и кнопками управления. Источник сигнала: разъёмы USB и SD-card, Bluetooth 5.0, FM-тюнер. Один канал, шесть зон, мощность на выходе 120 Вт. Применяется в трансляционных (напряжение 70/100В) и низкоомных (импеданс 4-16 Ом) линиях. Частотный диапазон 80-20 000 Гц. Пять аудиовходов: 2 линейных (стереопара) и 3 универсальных (переключатель XLR/Jack 6,35мм, приоритет у №1). Аудиовыходы: 2 линейных (основной и дублирующий) для внешних устройств и винтовые зажимы для акустики. Независимая регулировка громкости для каждого входа/зоны вещания. Темброблок на 2 полосы, НЧ и ВЧ. 4 реле блокировки звука и генераторы сигналов Гонг, Колокол, Эвакуация. Разъём телефонная сеть. Защита от перегрева, КЗ и перегрузки на выходе. Активное охлаждение. Габариты 485х88х340 мм (2U), вес 11 кг. Монтаж настольный или в стойку. AC 220В.</t>
   </si>
   <si>
     <t>40 000</t>
   </si>
   <si>
     <t>KID-240Dz</t>
   </si>
   <si>
     <t>Устройство для организации систем музыкального вещания на 2 зоны. Медиаплеер с цветным экраном и кнопками управления. Источник сигнала: слоты USB и SD-card, Bluetooth 5.0, FM-тюнер. Две зоны, один канал, мощность 240 Вт. Применяется в трансляционных (напряжение 70/100В) и низкоомных (импеданс 4-16 Ом) линиях. Частотный диапазон 80-20 000 Гц. Четыре аудиовхода: 2 линейных (моносумма) и 2 микрофонных (Jack 6,35мм, приоритет у №1). Аудиовыходы: линейный для внешних устройств и винтовые зажимы для акустики. Темброблок на 2 полосы, НЧ и ВЧ. Защита от перегрева, КЗ и перегрузки на выходе. Активное охлаждение. Габариты 240х88х220 мм (2U), вес 15 кг. Монтаж настольный или в стойку (нужен установочный комплект). AC 220В. Пульт ДУ.</t>
   </si>
@@ -626,60 +626,60 @@
   <si>
     <t>7 400</t>
   </si>
   <si>
     <t>LS-630</t>
   </si>
   <si>
     <t>Широкополосная акустика, 3 динамика по 4″. Подключение в трансляционные линии 70/100В. Мощность 30/15 Вт, зависит от отвода трансформатора. Частотный диапазон 100 Гц - 20 кГц, чувствительность 90 дБ, угол раскрыва 1/4 кГц - 180°/90°. Уличное исполнение: динамики из полипропилена, закрытый корпус из алюминия, IP55. Габариты 493x150x100 мм; вес 3,3 кг. Монтаж настенный.</t>
   </si>
   <si>
     <t>9 500</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Регуляторы громкости (аттенюаторы)</t>
   </si>
   <si>
     <t>ATT-BOX</t>
   </si>
   <si>
     <t>Изделие для накладного монтажа аттенюаторов RORSYS. Корпус выполнен из ABS-пластика, габаритные размеры 83×83×51 мм, цвет белый.</t>
   </si>
   <si>
-    <t>500</t>
+    <t>1 140</t>
   </si>
   <si>
     <t>ATT-06</t>
   </si>
   <si>
     <t>Аттенюатор для дистанционной регулировки громкости в зоне вещания. Работает в трансляционных акустических линиях с напряжением 100В, мощность 6 Вт. Одиннадцать ступеней регулировки громкости, включая Off, шаг 3 дБ. Встроенное исполнительное реле для максимизации громкости при поступлении управляющего сигнала. Стильный дизайн, корпус выполнен из ABS-пластика, габаритные размеры 80х80х57 мм, цвет белый. Монтаж врезной в стену, для накладного нужен монтажный короб ATT-BOX.</t>
   </si>
   <si>
-    <t>1 600</t>
+    <t>2 060</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Микрофоны</t>
   </si>
   <si>
     <t>RM-104</t>
   </si>
   <si>
     <t>Устройство для подачи голосовых объявлений, проведения совещаний и т.д. Конденсаторный микрофон типа "гусиная шея" (длина 410 мм). Однонаправленная полярная диаграмма. Чувствительность -45 дБ, диапазон частот 50 Гц - 18 кГц, выходной импеданс 75 Ом (XLR, балансный). Шумоподавление. Длина кабеля 5 м. Габариты 130×90×39 мм, вес 1 кг. Питание фантомное +48В.</t>
   </si>
   <si>
     <t>16 000</t>
   </si>
   <si>
     <t>RM-102</t>
   </si>
   <si>
     <t>Устройство для подачи голосовых объявлений, проведения совещаний и т.д. Конденсаторный микрофон типа "гусиная шея" (длина 420 мм). Кардиоидная направленность. Чувствительность -38 дБ, диапазон частот 40 Гц - 16 кГц, выходной импеданс 200 Ом (XLR, небалансный). Шумоподавление. Генератор сигнала Гонг. Длина кабеля 5 м. Габариты 125×126×39 мм, вес 0,7 кг. Питание DC 9В.</t>
   </si>
   <si>
     <t>10 000</t>
   </si>